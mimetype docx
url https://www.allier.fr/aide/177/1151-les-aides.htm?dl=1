--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -169,51 +169,65 @@
       <w:r w:rsidR="002E2F65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0066108E" w:rsidRPr="0066108E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">AIDE </w:t>
       </w:r>
       <w:r w:rsidR="000C618C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>A L’</w:t>
       </w:r>
       <w:r w:rsidR="0004113E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>EQUIPEMENT DES LIEUX DE LECTURE</w:t>
+        <w:t xml:space="preserve">EQUIPEMENT </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3F21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INFORMATIQUE </w:t>
+      </w:r>
+      <w:r w:rsidR="0004113E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>DES LIEUX DE LECTURE</w:t>
       </w:r>
       <w:r w:rsidR="0066108E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C3472D" w:rsidRDefault="00C3472D" w:rsidP="00344C57">
       <w:pPr>
         <w:ind w:left="-567" w:right="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
@@ -2123,75 +2137,64 @@
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidRPr="007F22F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signature obligatoire page </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Signature obligatoire page 2, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007F22F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>2,  si</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> différent du responsable de la structure</w:t>
+        <w:t>si différent du responsable de la structure</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC4139" w:rsidRDefault="00263643" w:rsidP="00344C57">
       <w:pPr>
         <w:ind w:left="-567" w:right="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008369FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -2354,56 +2357,70 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:ind w:right="-567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00374AA3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidRPr="003C2292">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 – </w:t>
       </w:r>
-      <w:r w:rsidR="00B74D1E">
-[...4 lines deleted...]
-        <w:t>la fiche projet</w:t>
+      <w:r w:rsidR="005D6925">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ourrier de </w:t>
+      </w:r>
+      <w:r w:rsidR="0066108E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>demande</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> précisant le montant de la subvention demandée et les prévisions d’utilisation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006A24E8" w:rsidRPr="00DD68BE" w:rsidRDefault="006A24E8" w:rsidP="006A24E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:ind w:right="-567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00374AA3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2534,65 +2551,353 @@
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>compte rendu d’activités et justificatifs de l’emploi de la subvention de l’année précédente</w:t>
       </w:r>
       <w:r w:rsidRPr="00654890">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le cas échéant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896370" w:rsidRDefault="00896370" w:rsidP="006A24E8">
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E53573" w:rsidRDefault="00E53573" w:rsidP="00E53573">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9696" w:type="dxa"/>
+        <w:tblInd w:w="-466" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="101" w:type="dxa"/>
+          <w:right w:w="101" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5726"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidTr="00E53573">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="303"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5726" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="00E53573" w:rsidRDefault="004B4FC8" w:rsidP="000C3F21">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Futura Md BT"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B4FC8" w:rsidRPr="009571B1" w:rsidRDefault="004B4FC8" w:rsidP="00120B07">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="-567" w:right="-567"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w:rsidR="00E53573" w:rsidRPr="00246933" w:rsidRDefault="00E53573" w:rsidP="00E53573">
       <w:pPr>
         <w:ind w:left="-709" w:right="-425" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00246933">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les informations recueillies font l’objet d’un traitement informatique, auquel l’usager consent, destiné à une demande de subvention départementale de fonctionnement. Ce traitement s’inscrit dans le cadre </w:t>
       </w:r>
       <w:r w:rsidR="00263D64">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d’une demande de subvention départementale de fonctionnement</w:t>
@@ -3153,184 +3458,184 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="009A0254" w:rsidRDefault="009A0254">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Futura Md BT">
     <w:panose1 w:val="020B0602020204020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Futura Bk BT">
     <w:panose1 w:val="020B0502020204020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1950382725"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00FE2880" w:rsidRDefault="00FE2880">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00896370">
+        <w:r w:rsidR="000C3F21">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00FE2880" w:rsidRDefault="00FE2880">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-702942041"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00246933" w:rsidRDefault="00246933">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00896370">
+        <w:r w:rsidR="000C3F21">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00FF2799" w:rsidRPr="00EC5DD3" w:rsidRDefault="00FF2799" w:rsidP="002E2F65">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
@@ -3806,76 +4111,77 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="79873"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C3472D"/>
     <w:rsid w:val="00014473"/>
     <w:rsid w:val="0004113E"/>
     <w:rsid w:val="00041317"/>
     <w:rsid w:val="000538F8"/>
     <w:rsid w:val="00064B95"/>
     <w:rsid w:val="00080056"/>
     <w:rsid w:val="000A7731"/>
+    <w:rsid w:val="000C3F21"/>
     <w:rsid w:val="000C5809"/>
     <w:rsid w:val="000C618C"/>
     <w:rsid w:val="000D34A8"/>
     <w:rsid w:val="000D3800"/>
     <w:rsid w:val="000E2FDC"/>
     <w:rsid w:val="00122170"/>
     <w:rsid w:val="001372B1"/>
     <w:rsid w:val="00157561"/>
     <w:rsid w:val="00184D1D"/>
     <w:rsid w:val="001A09C8"/>
     <w:rsid w:val="001A197B"/>
     <w:rsid w:val="001B1076"/>
     <w:rsid w:val="001B2FC7"/>
     <w:rsid w:val="001C2445"/>
     <w:rsid w:val="001C581D"/>
     <w:rsid w:val="001F5192"/>
     <w:rsid w:val="00215203"/>
     <w:rsid w:val="00246933"/>
     <w:rsid w:val="00246968"/>
     <w:rsid w:val="00263643"/>
     <w:rsid w:val="00263D64"/>
     <w:rsid w:val="00264FF5"/>
     <w:rsid w:val="00267E2F"/>
     <w:rsid w:val="0028587B"/>
     <w:rsid w:val="002E2F65"/>
@@ -3926,84 +4232,82 @@
     <w:rsid w:val="00686D3F"/>
     <w:rsid w:val="006A24E8"/>
     <w:rsid w:val="006A2C08"/>
     <w:rsid w:val="006A58F3"/>
     <w:rsid w:val="006F67D2"/>
     <w:rsid w:val="00702C74"/>
     <w:rsid w:val="00736745"/>
     <w:rsid w:val="00744A93"/>
     <w:rsid w:val="00766296"/>
     <w:rsid w:val="0076642A"/>
     <w:rsid w:val="007870C8"/>
     <w:rsid w:val="00794D51"/>
     <w:rsid w:val="007B6683"/>
     <w:rsid w:val="007C1586"/>
     <w:rsid w:val="007D7139"/>
     <w:rsid w:val="007E45F5"/>
     <w:rsid w:val="007F0C5C"/>
     <w:rsid w:val="007F22F1"/>
     <w:rsid w:val="007F5099"/>
     <w:rsid w:val="00833C85"/>
     <w:rsid w:val="008369FF"/>
     <w:rsid w:val="0084370E"/>
     <w:rsid w:val="00844A62"/>
     <w:rsid w:val="00845486"/>
     <w:rsid w:val="00876E60"/>
-    <w:rsid w:val="00896370"/>
     <w:rsid w:val="008E2FA1"/>
     <w:rsid w:val="008F0B04"/>
     <w:rsid w:val="00922966"/>
     <w:rsid w:val="009571B1"/>
     <w:rsid w:val="00964811"/>
     <w:rsid w:val="009900B7"/>
     <w:rsid w:val="0099624D"/>
     <w:rsid w:val="009A0254"/>
     <w:rsid w:val="00A021EA"/>
     <w:rsid w:val="00A1506F"/>
     <w:rsid w:val="00A33E1E"/>
     <w:rsid w:val="00A3511D"/>
     <w:rsid w:val="00A36579"/>
     <w:rsid w:val="00A45394"/>
     <w:rsid w:val="00A673D9"/>
     <w:rsid w:val="00A7588F"/>
     <w:rsid w:val="00A76DD1"/>
     <w:rsid w:val="00A801DF"/>
     <w:rsid w:val="00A81B40"/>
     <w:rsid w:val="00A95B78"/>
     <w:rsid w:val="00AA527E"/>
     <w:rsid w:val="00AB4649"/>
     <w:rsid w:val="00AD54F4"/>
     <w:rsid w:val="00AE0E45"/>
     <w:rsid w:val="00AE69AB"/>
     <w:rsid w:val="00AF6CA9"/>
     <w:rsid w:val="00B10616"/>
     <w:rsid w:val="00B11A54"/>
     <w:rsid w:val="00B15842"/>
     <w:rsid w:val="00B245B2"/>
     <w:rsid w:val="00B6420E"/>
     <w:rsid w:val="00B73B23"/>
-    <w:rsid w:val="00B74D1E"/>
     <w:rsid w:val="00BE03DC"/>
     <w:rsid w:val="00BE3CA6"/>
     <w:rsid w:val="00C04D9D"/>
     <w:rsid w:val="00C3472D"/>
     <w:rsid w:val="00C421BF"/>
     <w:rsid w:val="00C46270"/>
     <w:rsid w:val="00C6043B"/>
     <w:rsid w:val="00C70556"/>
     <w:rsid w:val="00C757B4"/>
     <w:rsid w:val="00CB36F1"/>
     <w:rsid w:val="00CB7362"/>
     <w:rsid w:val="00D0201D"/>
     <w:rsid w:val="00D02509"/>
     <w:rsid w:val="00D0775A"/>
     <w:rsid w:val="00D46479"/>
     <w:rsid w:val="00D939CE"/>
     <w:rsid w:val="00DB7EA9"/>
     <w:rsid w:val="00DF1EDA"/>
     <w:rsid w:val="00E0003E"/>
     <w:rsid w:val="00E04766"/>
     <w:rsid w:val="00E17FE3"/>
     <w:rsid w:val="00E20B63"/>
     <w:rsid w:val="00E4108B"/>
     <w:rsid w:val="00E527D5"/>
     <w:rsid w:val="00E53573"/>
@@ -4019,58 +4323,58 @@
     <w:rsid w:val="00FA5133"/>
     <w:rsid w:val="00FA7385"/>
     <w:rsid w:val="00FB68EE"/>
     <w:rsid w:val="00FC6549"/>
     <w:rsid w:val="00FE2880"/>
     <w:rsid w:val="00FE452C"/>
     <w:rsid w:val="00FF2799"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="79873"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0313FBBA"/>
+  <w14:docId w14:val="11B13C39"/>
   <w15:docId w15:val="{53300B54-F728-4089-86E3-C262DC95D1D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4898,79 +5202,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CED3565-E3A4-42F9-924A-1F17A8E2B584}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33FC024B-DFAC-4ECA-876E-B6C816CE238A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>527</Words>
-  <Characters>3625</Characters>
+  <Words>528</Words>
+  <Characters>3652</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Direction de la Culture, de la Jeunesse</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Conseil général de l'Allier</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4144</CharactersWithSpaces>
+  <CharactersWithSpaces>4172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Direction de la Culture, de la Jeunesse</dc:title>
   <dc:creator>CG03</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>