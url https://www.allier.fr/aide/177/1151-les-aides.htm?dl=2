--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -212,78 +212,92 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Futura Md BT" w:hAnsi="Futura Md BT" w:cs="Futura Md BT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>04.70.44.50.60</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3395F1A4" w14:textId="77777777" w:rsidR="00941CF4" w:rsidRDefault="00941CF4" w:rsidP="00941CF4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Futura Md BT" w:hAnsi="Futura Md BT" w:cs="Futura Md BT"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="216173F1" w14:textId="42ACC6C3" w:rsidR="003219EF" w:rsidRPr="005035C8" w:rsidRDefault="003219EF" w:rsidP="003219EF">
+    <w:p w14:paraId="216173F1" w14:textId="72C1B65C" w:rsidR="003219EF" w:rsidRPr="005035C8" w:rsidRDefault="003219EF" w:rsidP="003219EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005035C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">FICHE </w:t>
       </w:r>
       <w:r w:rsidR="00710181">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>PROJET</w:t>
       </w:r>
       <w:r w:rsidR="00941CF4" w:rsidRPr="005035C8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t> : « AIDE A l’EQUIPEMENT DES LIEUX DE LECTURE »</w:t>
+        <w:t xml:space="preserve"> : « AIDE A l’EQUIPEMENT </w:t>
+      </w:r>
+      <w:r w:rsidR="00193420">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INFORMATIQUE </w:t>
+      </w:r>
+      <w:r w:rsidR="00941CF4" w:rsidRPr="005035C8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>DES LIEUX DE LECTURE »</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10436"/>
       </w:tblGrid>
       <w:tr w:rsidR="003219EF" w:rsidRPr="0096362B" w14:paraId="216173F3" w14:textId="77777777" w:rsidTr="003219EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
             </w:tcBorders>
@@ -306,80 +320,65 @@
             <w:r w:rsidR="00941CF4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Bibliothèque</w:t>
             </w:r>
             <w:r w:rsidRPr="0096362B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> départementale</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003219EF" w14:paraId="216173FB" w14:textId="77777777" w:rsidTr="003219EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C00000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07F76B4B" w14:textId="35DBE2FC" w:rsidR="0096362B" w:rsidRPr="00516A42" w:rsidRDefault="00516A42" w:rsidP="003219EF">
+          <w:p w14:paraId="07F76B4B" w14:textId="436BCF43" w:rsidR="0096362B" w:rsidRPr="00516A42" w:rsidRDefault="00516A42" w:rsidP="003219EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00516A42">
               <w:t>Avec cette aide, le Départem</w:t>
             </w:r>
             <w:r w:rsidR="00083CB3">
-              <w:t>ent veut favoriser le développement</w:t>
+              <w:t xml:space="preserve">ent </w:t>
+            </w:r>
+            <w:r w:rsidR="00193420">
+              <w:t>s’engage à aider les lieux de lecture du département à se moderniser et à offrir un service de qualité en accompagnant l’acquisition d’un logiciel de bibliothèque et/ou d’une interface web.</w:t>
             </w:r>
             <w:r w:rsidRPr="00516A42">
-              <w:t xml:space="preserve"> de lieu</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> en accompagnant les acquisitions de mobiliers et de matériels d’animation, l’installation d’un logiciel de bibliothèque (et son interface web) ou la mise en place d’une nouvelle signalétique. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E318618" w14:textId="5292C5C2" w:rsidR="00516A42" w:rsidRPr="00516A42" w:rsidRDefault="00516A42" w:rsidP="003219EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63B99704" w14:textId="547908EC" w:rsidR="00516A42" w:rsidRPr="00516A42" w:rsidRDefault="00516A42" w:rsidP="003219EF">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00516A42">
               <w:t xml:space="preserve">Conformément à la volonté du Département d’agir en faveur de la lecture chez l’enfant, la Bibliothèque départementale sera attentive aux projets portés par des collectivité partenaires ayant mis en place la gratuité de l’inscription à l’équipement de lecture publique pour l’ensemble des moins de 18 ans. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216173FA" w14:textId="7419D7A2" w:rsidR="004931F6" w:rsidRPr="00941CF4" w:rsidRDefault="004931F6" w:rsidP="00941CF4">
             <w:pPr>
               <w:rPr>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -507,208 +506,111 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
             <w:r w:rsidRPr="00045268">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>du projet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00516A42" w14:paraId="21617401" w14:textId="77777777" w:rsidTr="003219EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE305D4" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
-[...44 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="64DAFA7A" w14:textId="29172109" w:rsidR="00193420" w:rsidRPr="005F568C" w:rsidRDefault="00516A42" w:rsidP="00193420">
+            <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Acquisition d’un SIGB</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AD7C674" w14:textId="77777777" w:rsidR="00516A42" w:rsidRPr="005F568C" w:rsidRDefault="00516A42" w:rsidP="00516A42">
-[...17 lines deleted...]
-          </w:p>
           <w:p w14:paraId="608D65A1" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B80C6C1" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Problématique et contexte de la demande :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="065597DC" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1CAF79D0" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12E0DE75" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57C2E354" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A97E986" w14:textId="77777777" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60E6BBFA" w14:textId="6AFFB26E" w:rsidR="00516A42" w:rsidRPr="005F568C" w:rsidRDefault="00C02EE1" w:rsidP="00516A42">
+          <w:p w14:paraId="0EC66128" w14:textId="61C3370E" w:rsidR="00516A42" w:rsidRPr="008D52E5" w:rsidRDefault="00C02EE1" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Description du projet</w:t>
             </w:r>
             <w:r w:rsidR="00516A42" w:rsidRPr="005F568C">
-              <w:t xml:space="preserve"> (</w:t>
-[...28 lines deleted...]
-              <w:t>) :</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="6B89EE41" w14:textId="77777777" w:rsidR="00516A42" w:rsidRPr="008D52E5" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="258632B2" w14:textId="77777777" w:rsidR="00516A42" w:rsidRPr="008D52E5" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28538C8A" w14:textId="77777777" w:rsidR="00516A42" w:rsidRPr="008D52E5" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -754,51 +656,50 @@
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A354B6" w14:paraId="1B5C12D6" w14:textId="77777777" w:rsidTr="00A354B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6CD3FB49" w14:textId="258D1F85" w:rsidR="00A354B6" w:rsidRPr="005F568C" w:rsidRDefault="00A354B6" w:rsidP="00A354B6">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Financement du projet :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A354B6" w14:paraId="7E61FC77" w14:textId="77777777" w:rsidTr="003219EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="31FEE9F7" w14:textId="77777777" w:rsidR="00A354B6" w:rsidRDefault="00A354B6" w:rsidP="00A354B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Coût total du projet :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B62687F" w14:textId="77777777" w:rsidR="00A354B6" w:rsidRDefault="00A354B6" w:rsidP="00A354B6">
@@ -866,50 +767,51 @@
           <w:p w14:paraId="6B5D891D" w14:textId="77777777" w:rsidR="00A354B6" w:rsidRPr="005F568C" w:rsidRDefault="00A354B6" w:rsidP="00A354B6">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00516A42" w14:paraId="21617404" w14:textId="77777777" w:rsidTr="003219EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="21617403" w14:textId="1EE7C9F4" w:rsidR="00516A42" w:rsidRPr="00962620" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962620">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Porteur du projet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00516A42" w14:paraId="21617408" w14:textId="77777777" w:rsidTr="00962620">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21617406" w14:textId="60237667" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Collectivité :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43EBFA95" w14:textId="3831A069" w:rsidR="00516A42" w:rsidRDefault="00516A42" w:rsidP="00516A42">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1305,138 +1207,138 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="28F7D310" w14:textId="77777777" w:rsidR="00902FFF" w:rsidRDefault="00902FFF" w:rsidP="0008481D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Futura Md BT">
     <w:panose1 w:val="020B0602020204020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-867065081"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="21617448" w14:textId="644E419B" w:rsidR="0008481D" w:rsidRDefault="0008481D">
+      <w:p w14:paraId="21617448" w14:textId="6D82420D" w:rsidR="0008481D" w:rsidRDefault="0008481D">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="008D52E5">
+        <w:r w:rsidR="00193420">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="21617449" w14:textId="77777777" w:rsidR="0008481D" w:rsidRDefault="0008481D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0615268B" w14:textId="77777777" w:rsidR="00902FFF" w:rsidRDefault="00902FFF" w:rsidP="0008481D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3878,80 +3780,80 @@
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00045268"/>
     <w:rsid w:val="00020115"/>
     <w:rsid w:val="00041288"/>
     <w:rsid w:val="00045268"/>
     <w:rsid w:val="00083CB3"/>
     <w:rsid w:val="0008481D"/>
     <w:rsid w:val="000D7AAA"/>
     <w:rsid w:val="00100F00"/>
     <w:rsid w:val="00122C65"/>
     <w:rsid w:val="00191C14"/>
+    <w:rsid w:val="00193420"/>
     <w:rsid w:val="001A5B44"/>
     <w:rsid w:val="001F4944"/>
     <w:rsid w:val="0022050A"/>
     <w:rsid w:val="003219EF"/>
     <w:rsid w:val="00382AA7"/>
     <w:rsid w:val="003B7D3C"/>
     <w:rsid w:val="00411F32"/>
     <w:rsid w:val="004522EF"/>
     <w:rsid w:val="004931F6"/>
     <w:rsid w:val="004A26AB"/>
     <w:rsid w:val="005035C8"/>
     <w:rsid w:val="00516A42"/>
     <w:rsid w:val="005775E4"/>
     <w:rsid w:val="00595C26"/>
     <w:rsid w:val="005B16B5"/>
     <w:rsid w:val="005F568C"/>
     <w:rsid w:val="006131EA"/>
     <w:rsid w:val="006D2177"/>
     <w:rsid w:val="007066E9"/>
     <w:rsid w:val="00710181"/>
     <w:rsid w:val="00746956"/>
     <w:rsid w:val="0079121B"/>
     <w:rsid w:val="007E3B11"/>
     <w:rsid w:val="007F4DBD"/>
     <w:rsid w:val="00810F46"/>
@@ -3994,51 +3896,51 @@
     <w:rsid w:val="00F6395E"/>
     <w:rsid w:val="00FB42B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="216173F0"/>
   <w15:docId w15:val="{BBAC2463-5F7B-4DAE-9D36-6B66C4AB7877}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4841,50 +4743,69 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <MotCle xmlns="0c688a26-9520-481a-a97d-5ccc3d7491e4" xsi:nil="true"/>
+    <TaxCatchAll xmlns="c6743689-ae56-49ce-b338-31c41d979753">
+      <Value>1</Value>
+    </TaxCatchAll>
+    <TypologieField xmlns="0c688a26-9520-481a-a97d-5ccc3d7491e4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Document de travail (brouillons, notes)</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9688cebd-89d4-4f5e-8820-dbffe1313d7e</TermId>
+        </TermInfo>
+      </Terms>
+    </TypologieField>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="BiblioDocDept35" ma:contentTypeID="0x01010012BA04338A824911AB08351CEEE47C6500F26883E130F170409DAE11CD5CE9FA5D" ma:contentTypeVersion="2" ma:contentTypeDescription="Type de contenu BiblioDocDept35" ma:contentTypeScope="" ma:versionID="22da8ed98e463e5ce4dbfa3aec2ae303">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0c688a26-9520-481a-a97d-5ccc3d7491e4" xmlns:ns3="c6743689-ae56-49ce-b338-31c41d979753" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d3b0a26f519c5f2af54aa4c255002b8" ns2:_="" ns3:_="">
     <xsd:import namespace="0c688a26-9520-481a-a97d-5ccc3d7491e4"/>
     <xsd:import namespace="c6743689-ae56-49ce-b338-31c41d979753"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MotCle" minOccurs="0"/>
                 <xsd:element ref="ns2:TypologieField" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0c688a26-9520-481a-a97d-5ccc3d7491e4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MotCle" ma:index="8" nillable="true" ma:displayName="Mot-clé" ma:internalName="MotCle">
       <xsd:simpleType>
@@ -4991,164 +4912,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB2D3C1F-428B-42D1-94BB-39C7F307A290}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c6743689-ae56-49ce-b338-31c41d979753"/>
+    <ds:schemaRef ds:uri="0c688a26-9520-481a-a97d-5ccc3d7491e4"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11A9283B-FC98-4048-B6F3-FE51A506DEFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0c688a26-9520-481a-a97d-5ccc3d7491e4"/>
     <ds:schemaRef ds:uri="c6743689-ae56-49ce-b338-31c41d979753"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0777CB97-2842-459C-9523-CA9075E0D398}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C19261A-9EC0-4054-9041-1157C3FBAFA5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{168909E6-AFE5-445A-ABF7-61969E71FA77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>297</Words>
-  <Characters>1634</Characters>
+  <Words>256</Words>
+  <Characters>1413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1928</CharactersWithSpaces>
+  <CharactersWithSpaces>1666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Léa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010012BA04338A824911AB08351CEEE47C6500F26883E130F170409DAE11CD5CE9FA5D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Typologie">
     <vt:lpwstr>1;#Document de travail (brouillons, notes)|9688cebd-89d4-4f5e-8820-dbffe1313d7e</vt:lpwstr>